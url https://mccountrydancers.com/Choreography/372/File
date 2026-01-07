--- v0 (2025-11-06)
+++ v1 (2026-01-07)
@@ -666,83 +666,83 @@
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E631306" w14:textId="77777777" w:rsidR="001569C1" w:rsidRPr="006616E7" w:rsidRDefault="001569C1" w:rsidP="001569C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001569C1" w:rsidRPr="004E532C" w14:paraId="0A6CCFE1" w14:textId="77777777" w:rsidTr="00C4698B">
         <w:trPr>
           <w:trHeight w:val="15"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9382" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F08EBBA" w14:textId="4B9FABD9" w:rsidR="001569C1" w:rsidRDefault="004E532C" w:rsidP="002F4C7C">
+          <w:p w14:paraId="5F08EBBA" w14:textId="23C7E955" w:rsidR="001569C1" w:rsidRDefault="004E532C" w:rsidP="002F4C7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F42584">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Intro:</w:t>
             </w:r>
             <w:r w:rsidR="001569C1" w:rsidRPr="00F42584">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BE336B">
+            <w:r w:rsidR="00DB76DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>32</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r w:rsidR="000647DA" w:rsidRPr="00F42584">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> comptes</w:t>
             </w:r>
             <w:r w:rsidR="00B66039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E9102E4" w14:textId="77777777" w:rsidR="00C4698B" w:rsidRDefault="00C4698B" w:rsidP="002F4C7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
@@ -6763,60 +6763,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">F: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E00B42" w:rsidRPr="00553B7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Shuffle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00E00B42" w:rsidRPr="00553B7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> arrière ¼ tour à </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">gauche PD, PG, PD  </w:t>
+              <w:t xml:space="preserve"> arrière ¼ tour à gauche PD, PG, PD  </w:t>
             </w:r>
             <w:r w:rsidRPr="00553B7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00553B7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidR="00E00B42" w:rsidRPr="00553B7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -7256,62 +7247,51 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E7437A" w:rsidRPr="00553B7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">H: </w:t>
       </w:r>
       <w:r w:rsidR="00BE06B4" w:rsidRPr="00553B7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>Side</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Side </w:t>
       </w:r>
       <w:r w:rsidR="00E7437A" w:rsidRPr="00553B7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Rock, Recover, </w:t>
       </w:r>
       <w:r w:rsidR="00BE06B4" w:rsidRPr="00553B7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>Shuffle Back ¼ Turn</w:t>
       </w:r>
       <w:r w:rsidR="00E7437A" w:rsidRPr="00553B7B">
         <w:rPr>
@@ -7403,99 +7383,51 @@
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidRPr="00553B7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">F: </w:t>
       </w:r>
       <w:r w:rsidR="00BE06B4" w:rsidRPr="00553B7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Side Rock, Recover, Shuffle Back ¼ Turn </w:t>
-[...47 lines deleted...]
-        <w:t>, Side, Step Back</w:t>
+        <w:t>Side Rock, Recover, Shuffle Back ¼ Turn R, Rock Back, Recover, ¼ Turn R, Side, Step Back</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="708" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="10113"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D24578" w:rsidRPr="00553B7B" w14:paraId="2640913B" w14:textId="77777777" w:rsidTr="00E7437A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68FAF45B" w14:textId="77777777" w:rsidR="00D24578" w:rsidRPr="00553B7B" w:rsidRDefault="00D24578" w:rsidP="00D24578">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -9735,51 +9667,51 @@
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00553B7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="708" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="10113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D24578" w:rsidRPr="00553B7B" w14:paraId="6A23BE94" w14:textId="77777777" w:rsidTr="00AA3896">
+      <w:tr w:rsidR="00D24578" w:rsidRPr="00DB76DD" w14:paraId="6A23BE94" w14:textId="77777777" w:rsidTr="00AA3896">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30151704" w14:textId="77777777" w:rsidR="00D24578" w:rsidRPr="00553B7B" w:rsidRDefault="00D24578" w:rsidP="00D24578">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553B7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -9789,51 +9721,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553B7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>H: ¼ Turn R, Side, Touch Together, 1/4 Turn L &amp; Back, Touch Together</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D24578" w:rsidRPr="00553B7B" w14:paraId="1DC62016" w14:textId="77777777" w:rsidTr="00AA3896">
+      <w:tr w:rsidR="00D24578" w:rsidRPr="00DB76DD" w14:paraId="1DC62016" w14:textId="77777777" w:rsidTr="00AA3896">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78532966" w14:textId="77777777" w:rsidR="00D24578" w:rsidRPr="00553B7B" w:rsidRDefault="00D24578" w:rsidP="00D24578">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10113" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29683501" w14:textId="00473051" w:rsidR="00D24578" w:rsidRPr="00553B7B" w:rsidRDefault="00AA3896" w:rsidP="00D24578">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11232,66 +11164,68 @@
     <w:rsid w:val="00C32DE9"/>
     <w:rsid w:val="00C413DE"/>
     <w:rsid w:val="00C4698B"/>
     <w:rsid w:val="00C502D1"/>
     <w:rsid w:val="00C6318F"/>
     <w:rsid w:val="00C77CBF"/>
     <w:rsid w:val="00C84FA8"/>
     <w:rsid w:val="00C917C1"/>
     <w:rsid w:val="00CB2DDE"/>
     <w:rsid w:val="00CC0D5B"/>
     <w:rsid w:val="00CC45D7"/>
     <w:rsid w:val="00CC52B4"/>
     <w:rsid w:val="00CE11C0"/>
     <w:rsid w:val="00D05DEE"/>
     <w:rsid w:val="00D20986"/>
     <w:rsid w:val="00D244E7"/>
     <w:rsid w:val="00D24578"/>
     <w:rsid w:val="00D32108"/>
     <w:rsid w:val="00D439C9"/>
     <w:rsid w:val="00D564C4"/>
     <w:rsid w:val="00D615CC"/>
     <w:rsid w:val="00D711D1"/>
     <w:rsid w:val="00D726CF"/>
     <w:rsid w:val="00D852B6"/>
     <w:rsid w:val="00D922FE"/>
+    <w:rsid w:val="00DB76DD"/>
     <w:rsid w:val="00DC4840"/>
     <w:rsid w:val="00DD3C35"/>
     <w:rsid w:val="00DD7EB5"/>
     <w:rsid w:val="00E00B42"/>
     <w:rsid w:val="00E01D7D"/>
     <w:rsid w:val="00E04CBF"/>
     <w:rsid w:val="00E229CD"/>
     <w:rsid w:val="00E23592"/>
     <w:rsid w:val="00E33DA9"/>
     <w:rsid w:val="00E60C02"/>
     <w:rsid w:val="00E63CA6"/>
     <w:rsid w:val="00E70C49"/>
     <w:rsid w:val="00E718FF"/>
     <w:rsid w:val="00E7437A"/>
     <w:rsid w:val="00E75DC4"/>
     <w:rsid w:val="00E83080"/>
+    <w:rsid w:val="00E93269"/>
     <w:rsid w:val="00EA2FD4"/>
     <w:rsid w:val="00EB0113"/>
     <w:rsid w:val="00EC7E78"/>
     <w:rsid w:val="00EE7E4A"/>
     <w:rsid w:val="00EF5E06"/>
     <w:rsid w:val="00EF7B60"/>
     <w:rsid w:val="00F04D63"/>
     <w:rsid w:val="00F13247"/>
     <w:rsid w:val="00F13BB0"/>
     <w:rsid w:val="00F207DF"/>
     <w:rsid w:val="00F232C3"/>
     <w:rsid w:val="00F352EE"/>
     <w:rsid w:val="00F42584"/>
     <w:rsid w:val="00F6735D"/>
     <w:rsid w:val="00F67782"/>
     <w:rsid w:val="00F906B4"/>
     <w:rsid w:val="00F928EB"/>
     <w:rsid w:val="00FA2C02"/>
     <w:rsid w:val="00FA4EF9"/>
     <w:rsid w:val="00FA4F15"/>
     <w:rsid w:val="00FB47FE"/>
     <w:rsid w:val="00FE1B5A"/>
     <w:rsid w:val="00FF451B"/>
   </w:rsids>
   <m:mathPr>